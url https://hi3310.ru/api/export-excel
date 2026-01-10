--- v0 (2025-11-22)
+++ v1 (2026-01-10)
@@ -410,850 +410,388 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C72"/>
+  <dimension ref="A1:C30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Название</v>
       </c>
       <c r="B1" t="str">
         <v>Артикул</v>
       </c>
       <c r="C1" t="str">
         <v>Цена</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>Контейнер SIM для Huawei Honor 200 Lite Черный</v>
+        <v>АКБ для Apple iPhone 11 Pro усиленная</v>
       </c>
       <c r="B2" t="str">
-        <v>HLD-SIM-HUW-HNR-200-LT-B</v>
+        <v>BTT-PMIPR110-HC</v>
       </c>
       <c r="C2">
-        <v>0.245</v>
+        <v>835</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>Контейнер SIM для Xiaomi Redmi 13 4G Черный</v>
+        <v>Губка для очистки (мини, 500 шт.)</v>
       </c>
       <c r="B3" t="str">
-        <v>HLD-SIM-XMI-RMI-13-4G-B</v>
+        <v>MTL-SPG-CLN-MI</v>
       </c>
       <c r="C3">
-        <v>0.208</v>
+        <v>95</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>Дисплей для Huawei Honor X8 модуль Синий - OR</v>
+        <v>Динамик для iPhone 12</v>
       </c>
       <c r="B4" t="str">
-        <v>LCD-HUW-HNR-X8-FR-BL-OR</v>
+        <v>SPK-PMI-12</v>
       </c>
       <c r="C4">
-        <v>21.289</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>Дисплей для Samsung A165F модуль Черный - OR (SP)</v>
+        <v>Дисплей для Huawei Honor X6a в сборе Черный - OR</v>
       </c>
       <c r="B5" t="str">
-        <v>LCD-SSG-A165F-FR-B-OR-SP</v>
+        <v>LCD-HUW-HNR-X6A-CP-B-OR</v>
       </c>
       <c r="C5">
-        <v>57.452</v>
+        <v>833</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>Дисплей для Samsung A225F в сборе Черный - OR (SP)</v>
+        <v>Дисплей для Xiaomi Redmi Note 12 4G модуль Черный - (OLED)</v>
       </c>
       <c r="B6" t="str">
-        <v>LCD-SSG-A225F-CP-B-OR-SP</v>
+        <v>LCD-XMI-RMINT-12-4G-FR-B-LED</v>
       </c>
       <c r="C6">
-        <v>31.597</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>Дисплей для Samsung A525F модуль Синий - (OLED) (Full Size)</v>
+        <v>Дисплей для Xiaomi Redmi Note 12S в сборе Черный - (OLED)</v>
       </c>
       <c r="B7" t="str">
-        <v>LCD-SSG-A525F-FR-BL-LED-FLS</v>
+        <v>LCD-XMI-RMI-NT-12S-CP-B-LED</v>
       </c>
       <c r="C7">
-        <v>34.204</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>Дисплей для Samsung A546E в сборе Черный - OR (SP)</v>
+        <v>Задняя крышка для Xiaomi Redmi Note 13 4G Черный</v>
       </c>
       <c r="B8" t="str">
-        <v>LCD-SSG-A546E-CP-B-OR-SP</v>
+        <v>BTC-XMI-RMINT-13-4G-B</v>
       </c>
       <c r="C8">
-        <v>75.105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>Дисплей для Samsung S918B модуль Лавандовый - OR (SP)</v>
+        <v>Защитное стекло Remax GL-27 для Samsung S901B Черный</v>
       </c>
       <c r="B9" t="str">
-        <v>LCD-SSG-S918B-FR-LVN-OR-SP</v>
+        <v>TP-RMX-GL27-SSG-S901B-B</v>
       </c>
       <c r="C9">
-        <v>281.444</v>
+        <v>194</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>Дисплей для Samsung S918B модуль Черный - OR (SP)</v>
+        <v>Игла-дозатор 19G (100 шт.)</v>
       </c>
       <c r="B10" t="str">
-        <v>LCD-SSG-S918B-FR-B-OR-SP</v>
+        <v>DSG-NDL-19G-100PC</v>
       </c>
       <c r="C10">
-        <v>304.936</v>
+        <v>106</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>Дисплей для Xiaomi Redmi Note 11 Pro+ 5G модуль Черный - OR (SP)</v>
+        <v>Инструмент для ремонта часов</v>
       </c>
       <c r="B11" t="str">
-        <v>LCD-XMI-RMINT-11-PR-PLS-5G-FR-B-OR-SP</v>
+        <v>TLS-RPR-WTH</v>
       </c>
       <c r="C11">
-        <v>112.602</v>
+        <v>124</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>Дисплей для Xiaomi Redmi Note 12 4G модуль Черный - OR (SP)</v>
+        <v>Камера для iPhone 11 задняя - Премиум</v>
       </c>
       <c r="B12" t="str">
-        <v>LCD-XMI-RMI-NT-12-4G-FR-B-OR-SP</v>
+        <v>CAM-PMIG110-RR-OR</v>
       </c>
       <c r="C12">
-        <v>80.491</v>
+        <v>699</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>Дисплей для Xiaomi Redmi Note 13 4G модуль Черный - OR (SP)</v>
+        <v>Камера для iPhone SE (2020) задняя</v>
       </c>
       <c r="B13" t="str">
-        <v>LCD-XMI-RMINT-13-4G-FR-B-OR-SP</v>
+        <v>CAM-PMISE500-2020-RR</v>
       </c>
       <c r="C13">
-        <v>82.217</v>
+        <v>537</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Дисплей для Xiaomi Redmi Note 13 Pro+ модуль Черный - OR (SP)</v>
+        <v>Клей JINYI Anti-shake для камеры (1 мл)</v>
       </c>
       <c r="B14" t="str">
-        <v>LCD-XMI-RMINT-13-PR-PLS-FR-B-OR-SP</v>
+        <v>MTL-GLU-JINYI-ANSH-CAM-1ML</v>
       </c>
       <c r="C14">
-        <v>114.793</v>
+        <v>315</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>Задняя крышка для Huawei Honor X6a Черный - Премиум</v>
+        <v>Клей Luowei LW-018 черный</v>
       </c>
       <c r="B15" t="str">
-        <v>BTC-HUW-HNR-X6A-B-OR</v>
+        <v>MTL-GLU-LWI-LW018</v>
       </c>
       <c r="C15">
-        <v>2.314</v>
+        <v>363</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>Защитное стекло Remax GL-86 для iPhone 16 Pro Max Черный</v>
+        <v>Комплект металлических пластин для iPhone 12</v>
       </c>
       <c r="B16" t="str">
-        <v>TP-RMX-GL86-PMI-16-PR-MAX-B</v>
+        <v>SET-MTL-PLT-PMI-12</v>
       </c>
       <c r="C16">
-        <v>3.391</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>Защитное стекло Remax GL-86 для iPhone 16 Pro Черный</v>
+        <v>Корпус для iPhone 14 Pro Фиолетовый - Премиум</v>
       </c>
       <c r="B17" t="str">
-        <v>TP-RMX-GL86-PMI-16-PR-B</v>
+        <v>HOU-PMIPR140-VL-OR</v>
       </c>
       <c r="C17">
-        <v>3.391</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>Защитное стекло Remax GL-86 для iPhone 16 Черный</v>
+        <v>Лезвия для скальпеля №4 (10 шт.)</v>
       </c>
       <c r="B18" t="str">
-        <v>TP-RMX-GL86-PMI-16-B</v>
+        <v>MTL-KNIFPAT-4-10PCS</v>
       </c>
       <c r="C18">
-        <v>3.391</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>Защитное стекло Remax GL-81 для iPhone 16 Pro Черный</v>
+        <v>Очки защитные</v>
       </c>
       <c r="B19" t="str">
-        <v>TP-RMX-GL81-PMI-16-PR-B</v>
+        <v>GLS-PT</v>
       </c>
       <c r="C19">
-        <v>4.321</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>Защитное стекло Remax GL-81 для iPhone 16 Pro Max Черный</v>
+        <v>Паста паяльная LW-SP1 (183°C, 50 г)</v>
       </c>
       <c r="B20" t="str">
-        <v>TP-RMX-GL81-PMI-16-PR-MAX-B</v>
+        <v>MTL-SRPT-LWSP1-183-50G</v>
       </c>
       <c r="C20">
-        <v>4.321</v>
+        <v>447</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>Переходник Optibay 9.5 SATA</v>
+        <v>Разъем Type-C для геймпада DualSense PS5</v>
       </c>
       <c r="B21" t="str">
-        <v>ADP-OTB-95-SATA</v>
+        <v>CC-TPC-GMD-PS5</v>
       </c>
       <c r="C21">
-        <v>1.42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>Стекло камеры для Xiaomi Redmi Note 11 Pro+ 5G в сборе Черный</v>
+        <v>Рамка дисплея для Huawei Honor X8 Синий</v>
       </c>
       <c r="B22" t="str">
-        <v>GLS-CAM-XMI-RMINT-11-PR-PLS-5G-CP-B</v>
+        <v>FRM-LCD-HUW-HNR-X8-BL</v>
       </c>
       <c r="C22">
-        <v>0.943</v>
+        <v>367</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>Стекло камеры для Xiaomi Redmi Note 12 4G в сборе Голубой</v>
+        <v>Рамка дисплея для Vivo Y27s Черный</v>
       </c>
       <c r="B23" t="str">
-        <v>GLS-CAM-XMI-RMINT-12-4G-CP-LHT-BLU</v>
+        <v>FRM-LCD-VVO-Y27S-B</v>
       </c>
       <c r="C23">
-        <v>0.894</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>Стекло камеры для Xiaomi Redmi Note 12 Pro 4G (2 шт.) Голубой</v>
+        <v>Рамка дисплея для Xiaomi Redmi A3x Черный</v>
       </c>
       <c r="B24" t="str">
-        <v>GLS-CAM-XMI-RMINT-12-PR-4G-2PCS-LHT-BLU</v>
+        <v>FRM-LCD-XMI-RMI-A3X-B</v>
       </c>
       <c r="C24">
-        <v>0.502</v>
+        <v>154</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>Шлейф для Huawei Honor X7b 4G сканер отпечатка Черный</v>
+        <v>Скотч дисплея для iPhone 15 Pro Черный - Премиум</v>
       </c>
       <c r="B25" t="str">
-        <v>FPC-HUW-HNR-X7B-4G-FP-B</v>
+        <v>ADT-WTGS-PMI-15-PR-B-OR</v>
       </c>
       <c r="C25">
-        <v>2.253</v>
+        <v>37</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>Шлейф для Xiaomi 14T Pro на системный разъем</v>
+        <v>Спрей Solins Duster (400 мл)</v>
       </c>
       <c r="B26" t="str">
-        <v>FPC-XMI-14T-PR-CC</v>
+        <v>MTL-SPR-SLS-DTR-400ML</v>
       </c>
       <c r="C26">
-        <v>4.285</v>
+        <v>193</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>АКБ для Apple iPhone 11 Pro усиленная</v>
+        <v>Стекло для Xiaomi Redmi Note 10 в сборе с OCA Черный - (Feaglet)</v>
       </c>
       <c r="B27" t="str">
-        <v>BTT-PMIPR110-HC</v>
+        <v>GLS-XMI-RMINT-10-OCA-B-FGT</v>
       </c>
       <c r="C27">
-        <v>10.222</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>АКБ для JBL CS-JML310SL обратная полярность</v>
+        <v>Стекло камеры для Xiaomi Redmi 9C в сборе Черный</v>
       </c>
       <c r="B28" t="str">
-        <v>BTT-JBL-CSJML310SL-RP</v>
+        <v>GLS-CAM-XMI-RMI-9C-CP-B</v>
       </c>
       <c r="C28">
-        <v>7.088</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v>Губка для очистки (мини, 500 шт.)</v>
+        <v>Флюс FluxPlus 6-412-AA - уценка</v>
       </c>
       <c r="B29" t="str">
-        <v>MTL-SPG-CLN-MI</v>
+        <v>MTL-FLU-FXPS-6412AA-NO</v>
       </c>
       <c r="C29">
-        <v>1.163</v>
+        <v>598</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v>Динамик для iPhone 12</v>
+        <v>Шлейф для JCID V1SE Face ID для iPhone 11 Pro</v>
       </c>
       <c r="B30" t="str">
-        <v>SPK-PMI-12</v>
+        <v>FPC-JC-V1SE-FACE-ID-PMIPR110</v>
       </c>
       <c r="C30">
-        <v>1.628</v>
-[...461 lines deleted...]
-        <v>12</v>
+        <v>744</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C72"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C30"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 