--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C30"/>
+  <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Название</v>
       </c>
       <c r="B1" t="str">
         <v>Артикул</v>
       </c>
       <c r="C1" t="str">
         <v>Цена</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>АКБ для Apple iPhone 11 Pro усиленная</v>
       </c>
       <c r="B2" t="str">
         <v>BTT-PMIPR110-HC</v>
       </c>
       <c r="C2">
         <v>835</v>
       </c>
@@ -494,304 +494,282 @@
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Дисплей для Xiaomi Redmi Note 12 4G модуль Черный - (OLED)</v>
       </c>
       <c r="B6" t="str">
         <v>LCD-XMI-RMINT-12-4G-FR-B-LED</v>
       </c>
       <c r="C6">
         <v>3027</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Дисплей для Xiaomi Redmi Note 12S в сборе Черный - (OLED)</v>
       </c>
       <c r="B7" t="str">
         <v>LCD-XMI-RMI-NT-12S-CP-B-LED</v>
       </c>
       <c r="C7">
         <v>2220</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>Задняя крышка для Xiaomi Redmi Note 13 4G Черный</v>
+        <v>Защитное стекло Remax GL-27 для Samsung S901B Черный</v>
       </c>
       <c r="B8" t="str">
-        <v>BTC-XMI-RMINT-13-4G-B</v>
+        <v>TP-RMX-GL27-SSG-S901B-B</v>
       </c>
       <c r="C8">
-        <v>102</v>
+        <v>194</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>Защитное стекло Remax GL-27 для Samsung S901B Черный</v>
+        <v>Инструмент для ремонта часов</v>
       </c>
       <c r="B9" t="str">
-        <v>TP-RMX-GL27-SSG-S901B-B</v>
+        <v>TLS-RPR-WTH</v>
       </c>
       <c r="C9">
-        <v>194</v>
+        <v>124</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>Игла-дозатор 19G (100 шт.)</v>
+        <v>Камера для iPhone 11 задняя - Премиум</v>
       </c>
       <c r="B10" t="str">
-        <v>DSG-NDL-19G-100PC</v>
+        <v>CAM-PMIG110-RR-OR</v>
       </c>
       <c r="C10">
-        <v>106</v>
+        <v>699</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>Инструмент для ремонта часов</v>
+        <v>Камера для iPhone SE (2020) задняя</v>
       </c>
       <c r="B11" t="str">
-        <v>TLS-RPR-WTH</v>
+        <v>CAM-PMISE500-2020-RR</v>
       </c>
       <c r="C11">
-        <v>124</v>
+        <v>537</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>Камера для iPhone 11 задняя - Премиум</v>
+        <v>Клей JINYI Anti-shake для камеры (1 мл)</v>
       </c>
       <c r="B12" t="str">
-        <v>CAM-PMIG110-RR-OR</v>
+        <v>MTL-GLU-JINYI-ANSH-CAM-1ML</v>
       </c>
       <c r="C12">
-        <v>699</v>
+        <v>315</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>Камера для iPhone SE (2020) задняя</v>
+        <v>Клей Luowei LW-018 черный</v>
       </c>
       <c r="B13" t="str">
-        <v>CAM-PMISE500-2020-RR</v>
+        <v>MTL-GLU-LWI-LW018</v>
       </c>
       <c r="C13">
-        <v>537</v>
+        <v>363</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Клей JINYI Anti-shake для камеры (1 мл)</v>
+        <v>Корпус для iPhone 14 Pro Фиолетовый - Премиум</v>
       </c>
       <c r="B14" t="str">
-        <v>MTL-GLU-JINYI-ANSH-CAM-1ML</v>
+        <v>HOU-PMIPR140-VL-OR</v>
       </c>
       <c r="C14">
-        <v>315</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>Клей Luowei LW-018 черный</v>
+        <v>Лезвия для скальпеля №4 (10 шт.)</v>
       </c>
       <c r="B15" t="str">
-        <v>MTL-GLU-LWI-LW018</v>
+        <v>MTL-KNIFPAT-4-10PCS</v>
       </c>
       <c r="C15">
-        <v>363</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>Комплект металлических пластин для iPhone 12</v>
+        <v>Очки защитные</v>
       </c>
       <c r="B16" t="str">
-        <v>SET-MTL-PLT-PMI-12</v>
+        <v>GLS-PT</v>
       </c>
       <c r="C16">
-        <v>132</v>
+        <v>158</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>Корпус для iPhone 14 Pro Фиолетовый - Премиум</v>
+        <v>Паста паяльная LW-SP1 (183°C, 50 г)</v>
       </c>
       <c r="B17" t="str">
-        <v>HOU-PMIPR140-VL-OR</v>
+        <v>MTL-SRPT-LWSP1-183-50G</v>
       </c>
       <c r="C17">
-        <v>3637</v>
+        <v>447</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>Лезвия для скальпеля №4 (10 шт.)</v>
+        <v>Разъем Type-C для геймпада DualSense PS5</v>
       </c>
       <c r="B18" t="str">
-        <v>MTL-KNIFPAT-4-10PCS</v>
+        <v>CC-TPC-GMD-PS5</v>
       </c>
       <c r="C18">
-        <v>37</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>Очки защитные</v>
+        <v>Рамка дисплея для Huawei Honor X8 Синий</v>
       </c>
       <c r="B19" t="str">
-        <v>GLS-PT</v>
+        <v>FRM-LCD-HUW-HNR-X8-BL</v>
       </c>
       <c r="C19">
-        <v>158</v>
+        <v>367</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>Паста паяльная LW-SP1 (183°C, 50 г)</v>
+        <v>Рамка дисплея для Vivo Y27s Черный</v>
       </c>
       <c r="B20" t="str">
-        <v>MTL-SRPT-LWSP1-183-50G</v>
+        <v>FRM-LCD-VVO-Y27S-B</v>
       </c>
       <c r="C20">
-        <v>447</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>Разъем Type-C для геймпада DualSense PS5</v>
+        <v>Рамка дисплея для Xiaomi Redmi A3x Черный</v>
       </c>
       <c r="B21" t="str">
-        <v>CC-TPC-GMD-PS5</v>
+        <v>FRM-LCD-XMI-RMI-A3X-B</v>
       </c>
       <c r="C21">
-        <v>16</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>Рамка дисплея для Huawei Honor X8 Синий</v>
+        <v>Скотч дисплея для iPhone 15 Pro Черный - Премиум</v>
       </c>
       <c r="B22" t="str">
-        <v>FRM-LCD-HUW-HNR-X8-BL</v>
+        <v>ADT-WTGS-PMI-15-PR-B-OR</v>
       </c>
       <c r="C22">
-        <v>367</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>Рамка дисплея для Vivo Y27s Черный</v>
+        <v>Спрей Solins Duster (400 мл)</v>
       </c>
       <c r="B23" t="str">
-        <v>FRM-LCD-VVO-Y27S-B</v>
+        <v>MTL-SPR-SLS-DTR-400ML</v>
       </c>
       <c r="C23">
-        <v>111</v>
+        <v>193</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>Рамка дисплея для Xiaomi Redmi A3x Черный</v>
+        <v>Стекло для Xiaomi Redmi Note 10 в сборе с OCA Черный - (Feaglet)</v>
       </c>
       <c r="B24" t="str">
-        <v>FRM-LCD-XMI-RMI-A3X-B</v>
+        <v>GLS-XMI-RMINT-10-OCA-B-FGT</v>
       </c>
       <c r="C24">
-        <v>154</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>Скотч дисплея для iPhone 15 Pro Черный - Премиум</v>
+        <v>Стекло камеры для Xiaomi Redmi 9C в сборе Черный</v>
       </c>
       <c r="B25" t="str">
-        <v>ADT-WTGS-PMI-15-PR-B-OR</v>
+        <v>GLS-CAM-XMI-RMI-9C-CP-B</v>
       </c>
       <c r="C25">
-        <v>37</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>Спрей Solins Duster (400 мл)</v>
+        <v>Флюс FluxPlus 6-412-AA - уценка</v>
       </c>
       <c r="B26" t="str">
-        <v>MTL-SPR-SLS-DTR-400ML</v>
+        <v>MTL-FLU-FXPS-6412AA-NO</v>
       </c>
       <c r="C26">
-        <v>193</v>
+        <v>598</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>Стекло для Xiaomi Redmi Note 10 в сборе с OCA Черный - (Feaglet)</v>
+        <v>Шлейф для JCID V1SE Face ID для iPhone 11 Pro</v>
       </c>
       <c r="B27" t="str">
-        <v>GLS-XMI-RMINT-10-OCA-B-FGT</v>
+        <v>FPC-JC-V1SE-FACE-ID-PMIPR110</v>
       </c>
       <c r="C27">
-        <v>80</v>
+        <v>744</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>Стекло камеры для Xiaomi Redmi 9C в сборе Черный</v>
+        <v>АКБ iPhone 11 3110  mah (Оригинал, гарантия 1 год )</v>
       </c>
       <c r="B28" t="str">
-        <v>GLS-CAM-XMI-RMI-9C-CP-B</v>
+        <v>BTT-PMI110-OR1YEAR</v>
       </c>
       <c r="C28">
-        <v>59</v>
-[...21 lines deleted...]
-        <v>744</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C30"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C28"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 